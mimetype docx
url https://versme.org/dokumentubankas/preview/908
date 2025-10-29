--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -9,52 +9,50 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00B0321C" w:rsidRDefault="00746409">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00746409">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TAURAGĖS ,,VERSMĖS“ GIMNAZIJOS MOKINIŲ PAVEŽĖJIMAS 2025-2026 MOKSLO METAIS GRAFIKAS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00746409" w:rsidRDefault="00746409">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00746409" w:rsidRPr="00800CD7" w:rsidRDefault="00B603CB" w:rsidP="00746409">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4451,2096 +4449,162 @@
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AE261C" w:rsidRPr="00800CD7" w:rsidRDefault="00AE261C" w:rsidP="00CE3D0F">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10 min. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0099050F" w:rsidRPr="00800CD7" w:rsidRDefault="0099050F" w:rsidP="00746409">
+    <w:p w:rsidR="003A3061" w:rsidRDefault="003A3061" w:rsidP="00AA7D91">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA7D91" w:rsidRDefault="00AA7D91" w:rsidP="00AA7D91">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA7D91" w:rsidRDefault="00AA7D91" w:rsidP="00AA7D91">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA7D91" w:rsidRDefault="00AA7D91" w:rsidP="00AA7D91">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA7D91" w:rsidRPr="00AA7D91" w:rsidRDefault="00AA7D91" w:rsidP="00AA7D91">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1907 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AA7D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:t xml:space="preserve">Direktorės pavaduotoja aprūpinimui </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Direktorė </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00800CD7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00800CD7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00800CD7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Birutė </w:t>
       </w:r>
-      <w:r w:rsidRPr="00800CD7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Skyrienė </w:t>
       </w:r>
-      <w:r w:rsidR="00491679">
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00195537" w:rsidRDefault="00195537" w:rsidP="00491679">
-[...50 lines deleted...]
-    <w:sectPr w:rsidR="007E5BF9" w:rsidRPr="00491679" w:rsidSect="004374EE">
+    <w:sectPr w:rsidR="00AA7D91" w:rsidRPr="00AA7D91" w:rsidSect="004374EE">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="397"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8041,99 +6105,101 @@
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00746409"/>
     <w:rsid w:val="00020CE3"/>
     <w:rsid w:val="00024795"/>
     <w:rsid w:val="00045D6F"/>
     <w:rsid w:val="00091393"/>
     <w:rsid w:val="000972D0"/>
     <w:rsid w:val="000E32D6"/>
     <w:rsid w:val="00195537"/>
     <w:rsid w:val="001C6728"/>
     <w:rsid w:val="001F3658"/>
     <w:rsid w:val="00211E52"/>
     <w:rsid w:val="0024107E"/>
     <w:rsid w:val="0024202C"/>
+    <w:rsid w:val="00242CE6"/>
     <w:rsid w:val="00250038"/>
     <w:rsid w:val="00256E5F"/>
     <w:rsid w:val="002856BF"/>
     <w:rsid w:val="002D67BC"/>
     <w:rsid w:val="00362FF7"/>
     <w:rsid w:val="003713C1"/>
     <w:rsid w:val="003717CC"/>
     <w:rsid w:val="00390D41"/>
     <w:rsid w:val="003918D9"/>
     <w:rsid w:val="003957F7"/>
     <w:rsid w:val="003A3061"/>
     <w:rsid w:val="003B7173"/>
     <w:rsid w:val="00405BAC"/>
     <w:rsid w:val="00407974"/>
     <w:rsid w:val="004374EE"/>
     <w:rsid w:val="00491679"/>
     <w:rsid w:val="0049370E"/>
     <w:rsid w:val="004D193A"/>
     <w:rsid w:val="004D258B"/>
     <w:rsid w:val="005026DA"/>
     <w:rsid w:val="00553290"/>
     <w:rsid w:val="00553AD0"/>
     <w:rsid w:val="005645BD"/>
     <w:rsid w:val="005875CD"/>
     <w:rsid w:val="00590C0E"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E30B8"/>
     <w:rsid w:val="006324A6"/>
     <w:rsid w:val="00664122"/>
     <w:rsid w:val="006701A1"/>
     <w:rsid w:val="00695703"/>
     <w:rsid w:val="006B3EC6"/>
     <w:rsid w:val="00740100"/>
     <w:rsid w:val="00746409"/>
     <w:rsid w:val="00787778"/>
     <w:rsid w:val="007B20B1"/>
     <w:rsid w:val="007D5263"/>
     <w:rsid w:val="007E0DD0"/>
     <w:rsid w:val="007E50CC"/>
     <w:rsid w:val="007E5BF9"/>
     <w:rsid w:val="007F7329"/>
     <w:rsid w:val="00800CD7"/>
     <w:rsid w:val="008017C9"/>
     <w:rsid w:val="00820DE0"/>
     <w:rsid w:val="00822D92"/>
     <w:rsid w:val="008869CC"/>
     <w:rsid w:val="0092759F"/>
     <w:rsid w:val="0099050F"/>
     <w:rsid w:val="00991EDA"/>
+    <w:rsid w:val="00AA7D91"/>
     <w:rsid w:val="00AC4FEB"/>
     <w:rsid w:val="00AE261C"/>
     <w:rsid w:val="00AF4D49"/>
     <w:rsid w:val="00AF7068"/>
     <w:rsid w:val="00B0321C"/>
     <w:rsid w:val="00B27B22"/>
     <w:rsid w:val="00B34E1D"/>
     <w:rsid w:val="00B603CB"/>
     <w:rsid w:val="00B8558A"/>
     <w:rsid w:val="00BD6FFF"/>
     <w:rsid w:val="00C07193"/>
     <w:rsid w:val="00CB6FCE"/>
     <w:rsid w:val="00CD41D9"/>
     <w:rsid w:val="00CE34BA"/>
     <w:rsid w:val="00CF7FB3"/>
     <w:rsid w:val="00D37A28"/>
     <w:rsid w:val="00D4069A"/>
     <w:rsid w:val="00D61C4F"/>
     <w:rsid w:val="00D62AFF"/>
     <w:rsid w:val="00D6306C"/>
     <w:rsid w:val="00E26E04"/>
     <w:rsid w:val="00E35A3E"/>
     <w:rsid w:val="00E848A7"/>
     <w:rsid w:val="00EB7817"/>
     <w:rsid w:val="00EC2B28"/>
@@ -8885,69 +6951,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2324</Words>
-  <Characters>1325</Characters>
+  <Words>1727</Words>
+  <Characters>985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3642</CharactersWithSpaces>
+  <CharactersWithSpaces>2707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>